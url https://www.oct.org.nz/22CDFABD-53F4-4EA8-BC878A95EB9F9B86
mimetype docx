--- v0 (2025-10-13)
+++ v1 (2026-02-10)
@@ -1,37 +1,36 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
@@ -171,51 +170,51 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">at </w:t>
       </w:r>
       <w:r w:rsidRPr="005706F8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">the Department of Internal Affairs </w:t>
       </w:r>
       <w:r w:rsidR="005706F8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>at</w:t>
       </w:r>
       <w:r w:rsidRPr="005706F8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:history="1">
+      <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidR="00A1098A" w:rsidRPr="00B06BEB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>appointments@dia.govt.nz</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="006A55FF" w:rsidRPr="005706F8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C750E74" w14:textId="19E51209" w:rsidR="00A1098A" w:rsidRDefault="00A1098A" w:rsidP="00C06648">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
@@ -287,51 +286,51 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> by </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>contact</w:t>
       </w:r>
       <w:r w:rsidR="00880624">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ing</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
+      <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidRPr="0025067F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>appointments@dia.govt.nz</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E3835E6" w14:textId="77777777" w:rsidR="003A6A99" w:rsidRPr="005706F8" w:rsidRDefault="003A6A99">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -1561,51 +1560,50 @@
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:alias w:val="NZ Citizneship Status"/>
                 <w:tag w:val="NZ Citizneship Status"/>
                 <w:id w:val="-1062172166"/>
                 <w:placeholder>
                   <w:docPart w:val="ADD2197282D64562A528A76AE15A49F9"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="New Zealand Citizen" w:value="New Zealand Citizen"/>
                   <w:listItem w:displayText="New Zealand Resident Class Visa" w:value="New Zealand Resident Class Visa"/>
                   <w:listItem w:displayText="Other (provide details)" w:value="Other (provide details)"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="003907F8">
                   <w:rPr>
                     <w:rFonts w:eastAsia="Calibri"/>
                     <w:color w:val="808080"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C24AF6" w:rsidRPr="005706F8" w14:paraId="0F9B2027" w14:textId="77777777" w:rsidTr="00CD5D16">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3592" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="152D20F1" w14:textId="76FB2A8B" w:rsidR="00C24AF6" w:rsidRPr="005706F8" w:rsidRDefault="00C24AF6" w:rsidP="006515BD">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
@@ -2554,51 +2552,50 @@
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="1403637797"/>
             <w:placeholder>
               <w:docPart w:val="1EC18A717460425DA25F5B26FFE781E2"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:comboBox>
               <w:listItem w:value="Select or type in other"/>
               <w:listItem w:displayText="Member" w:value="Member"/>
               <w:listItem w:displayText="Deputy Chair" w:value="Deputy Chair"/>
               <w:listItem w:displayText="Chair" w:value="Chair"/>
             </w:comboBox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2268" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="662AFFA4" w14:textId="38ADA3E6" w:rsidR="00696E4D" w:rsidRDefault="00696E4D" w:rsidP="006515BD">
                 <w:pPr>
                   <w:spacing w:before="60" w:after="60"/>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="005706F8">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Select</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
@@ -2646,51 +2643,50 @@
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="558369774"/>
             <w:placeholder>
               <w:docPart w:val="8A3EBF3B18C0499D885FBB2ADFB9E699"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:comboBox>
               <w:listItem w:value="Select or type in other"/>
               <w:listItem w:displayText="Member" w:value="Member"/>
               <w:listItem w:displayText="Deputy Chair" w:value="Deputy Chair"/>
               <w:listItem w:displayText="Chair" w:value="Chair"/>
             </w:comboBox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2268" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="37456ACF" w14:textId="76F55EEC" w:rsidR="00696E4D" w:rsidRDefault="00696E4D" w:rsidP="006515BD">
                 <w:pPr>
                   <w:spacing w:before="60" w:after="60"/>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="005706F8">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Select</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
@@ -2738,51 +2734,50 @@
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="2064985332"/>
             <w:placeholder>
               <w:docPart w:val="18A831EDABF649C38EE450C23454F54A"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:comboBox>
               <w:listItem w:value="Select or type in other"/>
               <w:listItem w:displayText="Member" w:value="Member"/>
               <w:listItem w:displayText="Deputy Chair" w:value="Deputy Chair"/>
               <w:listItem w:displayText="Chair" w:value="Chair"/>
             </w:comboBox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2268" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="2215EE5E" w14:textId="75CB38B9" w:rsidR="00696E4D" w:rsidRDefault="00696E4D" w:rsidP="006515BD">
                 <w:pPr>
                   <w:spacing w:before="60" w:after="60"/>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="005706F8">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Select</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
@@ -2830,51 +2825,50 @@
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="1052344126"/>
             <w:placeholder>
               <w:docPart w:val="AEDD8B1E6D654C3192E217B2E3246BB4"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:comboBox>
               <w:listItem w:value="Select or type in other"/>
               <w:listItem w:displayText="Member" w:value="Member"/>
               <w:listItem w:displayText="Deputy Chair" w:value="Deputy Chair"/>
               <w:listItem w:displayText="Chair" w:value="Chair"/>
             </w:comboBox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2268" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="36C5FA2A" w14:textId="77777777" w:rsidR="00201ACF" w:rsidRPr="005706F8" w:rsidRDefault="006515BD" w:rsidP="006515BD">
                 <w:pPr>
                   <w:spacing w:before="60" w:after="60"/>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="005706F8">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Select</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
@@ -3914,107 +3908,103 @@
           <w:tcPr>
             <w:tcW w:w="3079" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6B7A1C1D" w14:textId="77777777" w:rsidR="007E2053" w:rsidRPr="007E2053" w:rsidRDefault="007E2053" w:rsidP="0048097A">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="2"/>
       <w:tr w:rsidR="007E2053" w14:paraId="53CE578E" w14:textId="77777777" w:rsidTr="007E2053">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2451" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4553F520" w14:textId="77777777" w:rsidR="007E2053" w:rsidRDefault="007E2053" w:rsidP="007E2053">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2647" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="40EFA1E5" w14:textId="77777777" w:rsidR="007E2053" w:rsidRPr="007E2053" w:rsidRDefault="007E2053" w:rsidP="0048097A">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1599" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="44229CCB" w14:textId="77777777" w:rsidR="007E2053" w:rsidRPr="007E2053" w:rsidRDefault="007E2053" w:rsidP="0048097A">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3079" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7EE5DFF9" w14:textId="77777777" w:rsidR="007E2053" w:rsidRPr="007E2053" w:rsidRDefault="007E2053" w:rsidP="0048097A">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E2053" w14:paraId="2C297328" w14:textId="77777777" w:rsidTr="00CD5D16">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2451" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="0549C000" w14:textId="77777777" w:rsidR="007E2053" w:rsidRPr="007E2053" w:rsidRDefault="007E2053" w:rsidP="005666D4">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -4311,51 +4301,50 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Do you have, or have you ever had, a medical condition caused by an injury, illness, disability or any gradual process that may be aggravated by, or affect your ability to carry out the tasks expected o</w:t>
             </w:r>
             <w:r w:rsidR="00630DCE">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>f a member of a body</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="723A8B1B" w14:textId="50ABEBFF" w:rsidR="004B25AE" w:rsidRDefault="00052631" w:rsidP="005666D4">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Yes / No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00821A06" w:rsidRPr="005706F8" w14:paraId="1624C807" w14:textId="291B6025" w:rsidTr="00B546E0">
         <w:trPr>
           <w:trHeight w:val="790"/>
         </w:trPr>
@@ -5619,51 +5608,50 @@
               </w:rPr>
               <w:t>Have you been the subject of any disci</w:t>
             </w:r>
             <w:r w:rsidR="00460DE2">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>plinary action by</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> a professional body in New Zealand or overseas?                                                                                                  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1637" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7B0AB4BD" w14:textId="2BC7E530" w:rsidR="00FE4F28" w:rsidRPr="000D5333" w:rsidRDefault="00FE4F28" w:rsidP="005666D4">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE4F28">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Yes / No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FE4F28" w:rsidRPr="000D5333" w14:paraId="3449AF0D" w14:textId="77777777" w:rsidTr="00CD5D16">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8217" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
@@ -5689,51 +5677,50 @@
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>entered into</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> a composition with creditors, or been disqualified as a director?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1637" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5276D802" w14:textId="4035531B" w:rsidR="00FE4F28" w:rsidRPr="00FE4F28" w:rsidRDefault="00FE4F28" w:rsidP="005666D4">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Yes / No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FE4F28" w:rsidRPr="000D5333" w14:paraId="7B24C236" w14:textId="77777777" w:rsidTr="00CD5D16">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8217" w:type="dxa"/>
@@ -5774,51 +5761,50 @@
               <w:t xml:space="preserve">probity issues </w:t>
             </w:r>
             <w:r w:rsidR="0097683B">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">or other issues </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">the Minister would need to be informed of before considering recommending you to the position you are applying for.?                                                            </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1637" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0ABFCCE9" w14:textId="72B6FE0B" w:rsidR="00FE4F28" w:rsidRDefault="00FE4F28" w:rsidP="005666D4">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Yes / No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FE4F28" w:rsidRPr="000D5333" w14:paraId="31D4CD1E" w14:textId="77777777" w:rsidTr="00CD5D16">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8217" w:type="dxa"/>
@@ -5866,85 +5852,83 @@
             <w:tcBorders>
               <w:left w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="46331C63" w14:textId="77777777" w:rsidR="00FE4F28" w:rsidRDefault="00FE4F28" w:rsidP="005666D4">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FE4F28" w:rsidRPr="000D5333" w14:paraId="7B4023FB" w14:textId="77777777" w:rsidTr="00FE4F28">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8217" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0E0120F0" w14:textId="77777777" w:rsidR="00FE4F28" w:rsidRPr="0011682B" w:rsidRDefault="00FE4F28" w:rsidP="00FE4F28">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0011682B">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>(Type / write here)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0FFF9800" w14:textId="5C5955E7" w:rsidR="00FE4F28" w:rsidRDefault="00FE4F28" w:rsidP="005666D4">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1637" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5B76E51B" w14:textId="77777777" w:rsidR="00FE4F28" w:rsidRDefault="00FE4F28" w:rsidP="005666D4">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6BB92409" w14:textId="4556EEE5" w:rsidR="004B25AE" w:rsidRDefault="004B25AE" w:rsidP="004B25AE">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="5" w:name="_Hlk87951388"/>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
@@ -6019,51 +6003,50 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B546E0" w14:paraId="36F58873" w14:textId="77777777" w:rsidTr="00F55816">
         <w:trPr>
           <w:trHeight w:val="1580"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9859" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="266A8F03" w14:textId="77777777" w:rsidR="00B546E0" w:rsidRPr="007D4B03" w:rsidRDefault="00B546E0" w:rsidP="00F55816">
             <w:pPr>
               <w:ind w:left="567"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DB79E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">I, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
@@ -6628,74 +6611,74 @@
           <w:p w14:paraId="5B299075" w14:textId="77777777" w:rsidR="004B25AE" w:rsidRPr="004B25AE" w:rsidRDefault="004B25AE" w:rsidP="00052631">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="176" w:hanging="142"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2CB30AFC" w14:textId="77777777" w:rsidR="004B25AE" w:rsidRPr="004B25AE" w:rsidRDefault="004B25AE" w:rsidP="00052631">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="12"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="004B25AE" w:rsidRPr="004B25AE" w:rsidSect="00824FF0">
-      <w:footerReference w:type="default" r:id="rId14"/>
-[...1 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId16"/>
+      <w:footerReference w:type="default" r:id="rId13"/>
+      <w:headerReference w:type="first" r:id="rId14"/>
+      <w:footerReference w:type="first" r:id="rId15"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1021" w:right="1021" w:bottom="1021" w:left="1021" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="21682038" w14:textId="77777777" w:rsidR="00991906" w:rsidRDefault="00991906" w:rsidP="000B776B">
+    <w:p w14:paraId="48B83F61" w14:textId="77777777" w:rsidR="00F30F29" w:rsidRDefault="00F30F29" w:rsidP="000B776B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0FDFAB19" w14:textId="77777777" w:rsidR="00991906" w:rsidRDefault="00991906" w:rsidP="000B776B">
+    <w:p w14:paraId="22CD1ADA" w14:textId="77777777" w:rsidR="00F30F29" w:rsidRDefault="00F30F29" w:rsidP="000B776B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -6901,58 +6884,58 @@
         <w:r w:rsidR="005706F8">
           <w:rPr>
             <w:noProof/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r w:rsidRPr="00410B1D">
           <w:rPr>
             <w:noProof/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1FE4DCD2" w14:textId="77777777" w:rsidR="00991906" w:rsidRDefault="00991906" w:rsidP="000B776B">
+    <w:p w14:paraId="3C36A21F" w14:textId="77777777" w:rsidR="00F30F29" w:rsidRDefault="00F30F29" w:rsidP="000B776B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2E780315" w14:textId="77777777" w:rsidR="00991906" w:rsidRDefault="00991906" w:rsidP="000B776B">
+    <w:p w14:paraId="033B1254" w14:textId="77777777" w:rsidR="00F30F29" w:rsidRDefault="00F30F29" w:rsidP="000B776B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="111BEF66" w14:textId="788C19FC" w:rsidR="0005485C" w:rsidRPr="00410B1D" w:rsidRDefault="002574E6">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="en-NZ"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="124A1978" wp14:editId="3FBFD5C1">
@@ -7922,55 +7905,54 @@
   <w:num w:numId="2" w16cid:durableId="1617445790">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1124739630">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="587008779">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1400787696">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="435832414">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="194196095">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="32769"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00132D65"/>
     <w:rsid w:val="00005520"/>
     <w:rsid w:val="0002339A"/>
     <w:rsid w:val="0003252E"/>
     <w:rsid w:val="000348D1"/>
     <w:rsid w:val="00050E8B"/>
     <w:rsid w:val="00052631"/>
@@ -8046,50 +8028,51 @@
     <w:rsid w:val="004F3517"/>
     <w:rsid w:val="00516D44"/>
     <w:rsid w:val="005274F2"/>
     <w:rsid w:val="00531643"/>
     <w:rsid w:val="00560A12"/>
     <w:rsid w:val="005706F8"/>
     <w:rsid w:val="00584213"/>
     <w:rsid w:val="00596493"/>
     <w:rsid w:val="00610EBC"/>
     <w:rsid w:val="00622F6E"/>
     <w:rsid w:val="00630DCE"/>
     <w:rsid w:val="006515BD"/>
     <w:rsid w:val="00663892"/>
     <w:rsid w:val="006708B7"/>
     <w:rsid w:val="00673C91"/>
     <w:rsid w:val="00687D0C"/>
     <w:rsid w:val="00696E4D"/>
     <w:rsid w:val="006A55FF"/>
     <w:rsid w:val="006A5DBB"/>
     <w:rsid w:val="006B5CCB"/>
     <w:rsid w:val="00702D56"/>
     <w:rsid w:val="007037D3"/>
     <w:rsid w:val="00721CEB"/>
     <w:rsid w:val="00723E2A"/>
     <w:rsid w:val="00747D60"/>
+    <w:rsid w:val="00776C2D"/>
     <w:rsid w:val="00784BDC"/>
     <w:rsid w:val="007A4EF4"/>
     <w:rsid w:val="007D4B03"/>
     <w:rsid w:val="007E0BA5"/>
     <w:rsid w:val="007E2053"/>
     <w:rsid w:val="00802ACD"/>
     <w:rsid w:val="00805D21"/>
     <w:rsid w:val="00810DA5"/>
     <w:rsid w:val="00810E36"/>
     <w:rsid w:val="00811771"/>
     <w:rsid w:val="0081197B"/>
     <w:rsid w:val="00821A06"/>
     <w:rsid w:val="0082282B"/>
     <w:rsid w:val="00824FF0"/>
     <w:rsid w:val="00834490"/>
     <w:rsid w:val="008360FC"/>
     <w:rsid w:val="00844379"/>
     <w:rsid w:val="00860354"/>
     <w:rsid w:val="00863EA2"/>
     <w:rsid w:val="00876D67"/>
     <w:rsid w:val="00880624"/>
     <w:rsid w:val="008A10C5"/>
     <w:rsid w:val="008B434E"/>
     <w:rsid w:val="008E680C"/>
     <w:rsid w:val="00937217"/>
@@ -8101,120 +8084,122 @@
     <w:rsid w:val="00991906"/>
     <w:rsid w:val="00994C15"/>
     <w:rsid w:val="00995B57"/>
     <w:rsid w:val="009B3560"/>
     <w:rsid w:val="009C07A7"/>
     <w:rsid w:val="009D4435"/>
     <w:rsid w:val="009E1991"/>
     <w:rsid w:val="009E5BDC"/>
     <w:rsid w:val="00A01D1E"/>
     <w:rsid w:val="00A1098A"/>
     <w:rsid w:val="00A12F65"/>
     <w:rsid w:val="00A26F02"/>
     <w:rsid w:val="00A836A1"/>
     <w:rsid w:val="00AA32C8"/>
     <w:rsid w:val="00AB752B"/>
     <w:rsid w:val="00AE1BC4"/>
     <w:rsid w:val="00AF438D"/>
     <w:rsid w:val="00B12F7A"/>
     <w:rsid w:val="00B3627F"/>
     <w:rsid w:val="00B41240"/>
     <w:rsid w:val="00B546E0"/>
     <w:rsid w:val="00B644F8"/>
     <w:rsid w:val="00B666D1"/>
     <w:rsid w:val="00B672B8"/>
     <w:rsid w:val="00B863D1"/>
+    <w:rsid w:val="00BA492E"/>
     <w:rsid w:val="00BA74C2"/>
     <w:rsid w:val="00BE4DC3"/>
     <w:rsid w:val="00C04EA8"/>
     <w:rsid w:val="00C06648"/>
     <w:rsid w:val="00C105A6"/>
     <w:rsid w:val="00C13F71"/>
     <w:rsid w:val="00C24AF6"/>
     <w:rsid w:val="00C25F8F"/>
     <w:rsid w:val="00C267B4"/>
     <w:rsid w:val="00C35FC1"/>
     <w:rsid w:val="00C36975"/>
     <w:rsid w:val="00C476E3"/>
     <w:rsid w:val="00C53CF6"/>
     <w:rsid w:val="00C82E76"/>
     <w:rsid w:val="00C82E85"/>
     <w:rsid w:val="00C92882"/>
     <w:rsid w:val="00C97654"/>
     <w:rsid w:val="00CC0C2B"/>
     <w:rsid w:val="00CD4982"/>
     <w:rsid w:val="00CD5D16"/>
     <w:rsid w:val="00CE3E73"/>
     <w:rsid w:val="00CE53D7"/>
     <w:rsid w:val="00D3059A"/>
     <w:rsid w:val="00D462EA"/>
     <w:rsid w:val="00D52C82"/>
     <w:rsid w:val="00D53D1A"/>
     <w:rsid w:val="00D712F5"/>
     <w:rsid w:val="00D77EDB"/>
     <w:rsid w:val="00D86314"/>
     <w:rsid w:val="00DA3C64"/>
     <w:rsid w:val="00DB79E2"/>
     <w:rsid w:val="00DC3E7E"/>
     <w:rsid w:val="00DE0A11"/>
     <w:rsid w:val="00E24451"/>
     <w:rsid w:val="00E421B4"/>
     <w:rsid w:val="00E8334D"/>
     <w:rsid w:val="00E87210"/>
     <w:rsid w:val="00E911C2"/>
     <w:rsid w:val="00E948BA"/>
     <w:rsid w:val="00EE351A"/>
+    <w:rsid w:val="00F30F29"/>
     <w:rsid w:val="00F555F3"/>
     <w:rsid w:val="00F61315"/>
     <w:rsid w:val="00F65A70"/>
     <w:rsid w:val="00F71083"/>
     <w:rsid w:val="00FA4F2E"/>
     <w:rsid w:val="00FA5A68"/>
     <w:rsid w:val="00FE3526"/>
     <w:rsid w:val="00FE4F28"/>
     <w:rsid w:val="00FE5FE1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-NZ" w:eastAsia="ja-JP" w:bidi="th-TH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="32769"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="541C1D58"/>
   <w15:docId w15:val="{9040231D-D972-4ADD-8C72-DBDFB75E6E37}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-NZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
@@ -9059,51 +9044,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1088576337">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:appointments@dia.govt.nz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:appointments@dia.govt.nz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:appointments@dia.govt.nz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:appointments@dia.govt.nz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="AEDD8B1E6D654C3192E217B2E3246BB4"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
@@ -9378,51 +9363,53 @@
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004B151D"/>
     <w:rsid w:val="00132CB0"/>
     <w:rsid w:val="001473A7"/>
     <w:rsid w:val="001B4383"/>
     <w:rsid w:val="003B5FC4"/>
     <w:rsid w:val="004070D3"/>
     <w:rsid w:val="00460336"/>
     <w:rsid w:val="004B151D"/>
     <w:rsid w:val="005053C3"/>
     <w:rsid w:val="006461BB"/>
     <w:rsid w:val="00735593"/>
     <w:rsid w:val="008105E4"/>
     <w:rsid w:val="00826EF6"/>
     <w:rsid w:val="00833CD5"/>
     <w:rsid w:val="00960773"/>
     <w:rsid w:val="00985DD5"/>
     <w:rsid w:val="00A24770"/>
     <w:rsid w:val="00A25DDC"/>
     <w:rsid w:val="00A559D4"/>
     <w:rsid w:val="00AE3C08"/>
     <w:rsid w:val="00B310C9"/>
     <w:rsid w:val="00BA0C4E"/>
+    <w:rsid w:val="00BA492E"/>
     <w:rsid w:val="00C950B9"/>
+    <w:rsid w:val="00CF116A"/>
     <w:rsid w:val="00D80989"/>
     <w:rsid w:val="00E617CA"/>
     <w:rsid w:val="00FA5A68"/>
     <w:rsid w:val="00FD4945"/>
     <w:rsid w:val="00FE1C2E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-NZ" w:eastAsia="ja-JP" w:bidi="th-TH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="09B6196B"/>
@@ -10194,290 +10181,79 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Appointment Document DIA" ma:contentTypeID="0x0101005496552013C0BA46BE88192D5C6EB20B002AA17DAFFC605047B4B7AEF48D87135000C7F0D5E045E92049901BA6B62B99EBDB" ma:contentTypeVersion="4" ma:contentTypeDescription="Use for the appointment of an individual or entity to a commission or body" ma:contentTypeScope="" ma:versionID="5a8ee078cd85cb22e4908a36c51174f2">
-[...226 lines deleted...]
-</ct:contentTypeSchema>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="c9074301-597c-4997-9400-b717d8e08c95">
+      <Value>4</Value>
+      <Value>3</Value>
+      <Value>189</Value>
+    </TaxCatchAll>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="2d7c4a1e-7eaf-4fa9-874e-c61fbb37035d">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101002E62ACF13FA7CF4FBCE750864E8C58D0" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="473ad9f54d7bf526c5c47fc9cdde8fdd">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="2d7c4a1e-7eaf-4fa9-874e-c61fbb37035d" xmlns:ns3="c9074301-597c-4997-9400-b717d8e08c95" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="fdbc89be1e55102e356af961a0cfc38c" ns2:_="" ns3:_="">
     <xsd:import namespace="2d7c4a1e-7eaf-4fa9-874e-c61fbb37035d"/>
     <xsd:import namespace="c9074301-597c-4997-9400-b717d8e08c95"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
@@ -10688,128 +10464,92 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...22 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B93CB2A2-E53B-4CA2-92B2-6C208EF91820}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{721F2147-F31D-402D-91E3-18C21541DF21}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E0556966-6C78-40FF-B5D0-C9F06A8F3D30}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="01be4277-2979-4a68-876d-b92b25fceece"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="c9074301-597c-4997-9400-b717d8e08c95"/>
+    <ds:schemaRef ds:uri="2d7c4a1e-7eaf-4fa9-874e-c61fbb37035d"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{15AC47DC-723D-4465-A56F-E7E603150B92}"/>
-[...2 lines deleted...]
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2925CA3E-6465-4ADD-A951-5F1F8CB221AF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E0556966-6C78-40FF-B5D0-C9F06A8F3D30}">
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{15AC47DC-723D-4465-A56F-E7E603150B92}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="03f7db1b-eb27-4653-b224-1857f82087e9"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="2d7c4a1e-7eaf-4fa9-874e-c61fbb37035d"/>
+    <ds:schemaRef ds:uri="c9074301-597c-4997-9400-b717d8e08c95"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
-    <ds:schemaRef ds:uri="bcc54be1-4478-48d0-948b-c440a912a3a6"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
   <Words>1065</Words>
   <Characters>6075</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>50</Lines>
   <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>